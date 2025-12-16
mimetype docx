--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -133,137 +133,190 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3402"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:pStyle w:val="Cabealho"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>OS VEREADORES DA CÂMARA MUNICIPAL DE MONTE AZUL PAULISTA, ESTADO DE SÃO PAULO, NO USO DE SUAS ATRIBUIÇÕES, APRESENTAM A SEGUINTE EMENDA Á LEI ORGÂNICA MUNICIPAL:</w:t>
+        <w:t xml:space="preserve">OS VEREADORES DA CÂMARA MUNICIPAL DE </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00736BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>MONT</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00FA42A3" w:rsidRPr="00736BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00736BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>E AZUL PAULISTA, ESTADO DE SÃO PAULO, NO USO DE SUAS ATRIBUIÇÕES, APRESENTAM A SEGUINTE EMENDA Á LEI ORGÂNICA MUNICIPAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ARTIGO 1º</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Fica Alterada a Emenda à Lei Orgânica n° 01/2021</w:t>
+        <w:t xml:space="preserve">Fica </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Alterada</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Emenda à Lei Orgânica n° 01/2021</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ARTIGO 2°</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revoga o artigo 66 C e seu parágrafo único, altera o § 2º, inciso I, ambos do artigo 66 – D, altera os artigos 66 F, 66 G e inclui o artigo 66 H, </w:t>
+        <w:t xml:space="preserve">Revoga o artigo 66 C e seu parágrafo único, altera o § 2º, inciso I, ambos do artigo 66 – D, altera os artigos 66 F, 66 G e inclui o artigo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>66 H</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00062ACA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">renumerando todos os seguintes artigos </w:t>
       </w:r>
       <w:r w:rsidR="00062ACA" w:rsidRPr="00062ACA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>da Lei Orgânica do Município de Monte Azul Paulista, Estado de Sã</w:t>
       </w:r>
       <w:r w:rsidR="00062ACA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>o Paulo, com a seguinte redação</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -323,51 +376,79 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="00104A96" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Art. 66-A</w:t>
       </w:r>
       <w:r w:rsidR="0092172A" w:rsidRPr="0092172A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>. Cabe ao prefeito a administração dos bens municipais, respeitada a competência da Câmara Municipal, quanto àqueles que estiverem sob sua administração.</w:t>
+        <w:t xml:space="preserve">. Cabe ao prefeito </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092172A" w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092172A" w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administração dos bens municipais, respeitada a competência da Câmara Municipal, quanto àqueles que estiverem sob sua </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092172A" w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>administração</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092172A" w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="0092172A" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="0092172A" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -507,51 +588,65 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="0092172A" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092172A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>§ 2º No caso de alienação aos proprietários de imóveis lindeiros de área remanescente ou resultante de obra pública, área esta que se tornar inaproveitável isoladamente, dispensar-se-á a concorrência.</w:t>
+        <w:t xml:space="preserve">§ 2º No caso de alienação aos proprietários de imóveis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lindeiros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de área remanescente ou resultante de obra pública, área esta que se tornar inaproveitável isoladamente, dispensar-se-á a concorrência.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="0092172A" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092172A" w:rsidRPr="0092172A" w:rsidRDefault="0092172A" w:rsidP="0092172A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -684,51 +779,65 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E32F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1 - doação, devendo constar do contrato os encargos do donatário, o prazo de seu cumprimento e a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E32F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>cláusula de retrocessão sob pena de nulidade do ato;</w:t>
+        <w:t xml:space="preserve">cláusula de retrocessão </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E32F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sob pena</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E32F1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de nulidade do ato;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E32F1C" w:rsidRPr="00E32F1C" w:rsidRDefault="00E32F1C" w:rsidP="00E32F1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002C6580" w:rsidRDefault="00E32F1C" w:rsidP="00E32F1C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1050,52 +1159,50 @@
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00E32F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Altera</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> o artigo 67</w:t>
       </w:r>
       <w:r w:rsidR="00104A96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> e seguintes</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> da Lei Orgânica do Município de Monte Azul Paulista, Estado de São Paulo, com a seguinte redação:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00104A96" w:rsidRPr="00104A96" w:rsidRDefault="00104A96" w:rsidP="00104A96">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1146,51 +1253,65 @@
         </w:rPr>
         <w:t xml:space="preserve">§ 1º A concessão </w:t>
       </w:r>
       <w:r w:rsidR="00AB1DC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">de uso e </w:t>
       </w:r>
       <w:r w:rsidR="00347702">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="00AB1DC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> direito real de uso </w:t>
       </w:r>
       <w:r w:rsidR="00104A96" w:rsidRPr="00104A96">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>dos bens públicos dominial dependerá de lei e licitação, e far-se-á mediante contrato, sob pena de nulidade do ato.</w:t>
+        <w:t xml:space="preserve">dos bens públicos dominial dependerá de lei e licitação, e far-se-á mediante contrato, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00104A96" w:rsidRPr="00104A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sob pena</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00104A96" w:rsidRPr="00104A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de nulidade do ato.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104A96" w:rsidRPr="00104A96" w:rsidRDefault="00104A96" w:rsidP="00104A96">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00104A96" w:rsidRPr="00104A96" w:rsidRDefault="00104A96" w:rsidP="00104A96">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -1423,52 +1544,60 @@
         </w:rPr>
         <w:t xml:space="preserve">Monte Azul Paulista, </w:t>
       </w:r>
       <w:r w:rsidR="00AB1DC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00AB1DC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>agosto</w:t>
       </w:r>
       <w:r w:rsidRPr="00736BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de 2021</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00736BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -2403,87 +2532,123 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CONSIDERANDO a Constituição Federal de 1988, Capítulo IV dos Município, artigo 29;</w:t>
+        <w:t xml:space="preserve">CONSIDERANDO a Constituição Federal de 1988, Capítulo IV </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dos Município</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, artigo 29;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CONSIDERANDO a Constituição do Estado de São Paulo, Título IV, dos Município e Regiões, Capítulo I, dos Municípios e Seção I, Disposições Gerais, artigo 144;</w:t>
+        <w:t xml:space="preserve">CONSIDERANDO a Constituição do Estado de São Paulo, Título IV, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dos Município</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Regiões, Capítulo I, dos Municípios e Seção I, Disposições Gerais, artigo 144;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2547,194 +2712,214 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CONSIDERANDO que a legislação supra confere aos Municípios e Prefeitos a atribuição de permitir o uso de bens públicos municipais por terceiros, através de concessão, permissão ou autorização;</w:t>
+        <w:t xml:space="preserve">CONSIDERANDO que a legislação </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supra confere</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aos Municípios e Prefeitos a atribuição de permitir o uso de bens públicos municipais por terceiros, através de concessão, permissão ou autorização;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00656A3A" w:rsidRPr="00736BF4" w:rsidRDefault="00656A3A" w:rsidP="00656A3A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00962707" w:rsidRDefault="00962707"/>
     <w:sectPr w:rsidR="00962707" w:rsidSect="008657EB">
-      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1416" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00E260FF" w:rsidRDefault="00E260FF">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00596BEA" w:rsidRDefault="00596BEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E260FF" w:rsidRDefault="00E260FF">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00596BEA" w:rsidRDefault="00596BEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00E260FF" w:rsidRDefault="00E260FF">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00596BEA" w:rsidRDefault="00596BEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00E260FF" w:rsidRDefault="00E260FF">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00596BEA" w:rsidRDefault="00596BEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8908" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
-      <w:tblLook w:val="04A0"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1659"/>
       <w:gridCol w:w="7249"/>
     </w:tblGrid>
     <w:tr w:rsidR="006D6453" w:rsidTr="006D6453">
       <w:trPr>
         <w:trHeight w:val="1753"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1659" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w:rsidR="006D6453" w:rsidRDefault="00656A3A">
           <w:pPr>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -2796,75 +2981,117 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7249" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w:rsidR="006D6453" w:rsidRPr="008657EB" w:rsidRDefault="00656A3A">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008657EB">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
-            <w:t>CÂMARAMUNICIPAL  DE MONTE AZUL PAULISTA</w:t>
+            <w:t>CÂMARAMUNICIPAL</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="008657EB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="008657EB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+            <w:t>DE MONTE AZUL PAULISTA</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="006D6453" w:rsidRPr="008657EB" w:rsidRDefault="00656A3A">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008657EB">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Estado de São Paulo-  Brasil</w:t>
+            <w:t>Estado de São Paulo-</w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="008657EB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="008657EB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Brasil</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00062654" w:rsidRDefault="00E260FF">
+        <w:p w:rsidR="00062654" w:rsidRDefault="00596BEA">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="006D6453" w:rsidRPr="008657EB" w:rsidRDefault="00656A3A">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008657EB">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2923,136 +3150,143 @@
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008657EB">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>Email:    secretaria2@camaramonteazul.sp.gov.br</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="006D6453" w:rsidRDefault="00656A3A">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="gramStart"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>........................................................................................................</w:t>
           </w:r>
+          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="006D6453" w:rsidRDefault="00E260FF">
+  <w:p w:rsidR="006D6453" w:rsidRDefault="00596BEA">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="148"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00656A3A"/>
     <w:rsid w:val="00015164"/>
     <w:rsid w:val="00062ACA"/>
     <w:rsid w:val="00097460"/>
     <w:rsid w:val="00104A96"/>
     <w:rsid w:val="002C6580"/>
     <w:rsid w:val="00347702"/>
     <w:rsid w:val="003718CA"/>
     <w:rsid w:val="004F6962"/>
+    <w:rsid w:val="00596BEA"/>
     <w:rsid w:val="00656A3A"/>
     <w:rsid w:val="00683525"/>
     <w:rsid w:val="009148A7"/>
     <w:rsid w:val="0092172A"/>
     <w:rsid w:val="00962707"/>
     <w:rsid w:val="00AB1DC5"/>
     <w:rsid w:val="00CD35CA"/>
     <w:rsid w:val="00E260FF"/>
     <w:rsid w:val="00E32F1C"/>
     <w:rsid w:val="00E84AAA"/>
     <w:rsid w:val="00F133CF"/>
+    <w:rsid w:val="00FA42A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -3186,51 +3420,50 @@
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00656A3A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00656A3A"/>
     <w:pPr>
       <w:tabs>
@@ -3537,58 +3770,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0092172A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camaramonteazul.sp.gov.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3840,59 +4073,59 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>899</Words>
   <Characters>4859</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>